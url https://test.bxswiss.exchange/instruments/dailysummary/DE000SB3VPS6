--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra868ec2575334dea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R948f32a252a049fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa35f1fe05394ec1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca45e4ee842f4683"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R415cca48f2c24c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa35f1fe05394ec1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63c99f23baca4136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca45e4ee842f4683" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>4,105</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,055</x:t>
-[...571 lines deleted...]
-          <x:t>3,290</x:t>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>