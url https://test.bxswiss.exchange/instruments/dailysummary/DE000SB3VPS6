--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R948f32a252a049fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f2b00d06c1444d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca45e4ee842f4683"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63df627d9fa0468f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63c99f23baca4136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca45e4ee842f4683" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R356df9d4d0ec4299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63df627d9fa0468f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>5,210</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>17.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,895</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>25.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,060</x:t>
-[...170 lines deleted...]
-        <x:is>
           <x:t>5,445</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>4,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>