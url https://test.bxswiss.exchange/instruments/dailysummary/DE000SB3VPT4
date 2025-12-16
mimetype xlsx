--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab6b4e08f9a14a00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9867e76dc1ac44bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R708ca7a535b9469d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab93e281ab7f43b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74920ce8d87f414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R708ca7a535b9469d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17fe1897d5914a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab93e281ab7f43b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>61,390</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>