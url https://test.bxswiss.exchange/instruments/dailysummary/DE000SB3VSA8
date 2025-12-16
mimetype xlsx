--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71c3eb3c15324409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b8f133ef3894d9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce7d878dee5f4702"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54264caf82654d4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c863404ad2b4a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce7d878dee5f4702" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5d44ba343f4f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54264caf82654d4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,490</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>