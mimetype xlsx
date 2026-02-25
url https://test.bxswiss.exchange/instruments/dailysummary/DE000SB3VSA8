--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b8f133ef3894d9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12f71feebc8d42e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54264caf82654d4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8faca7a2292c4309"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5d44ba343f4f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54264caf82654d4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf70a559cd3e84094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8faca7a2292c4309" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...468 lines deleted...]
-          <x:t>0,622</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,526</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>0,553</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>