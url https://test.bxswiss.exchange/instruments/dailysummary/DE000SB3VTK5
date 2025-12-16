--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29a5a5d0e7e243c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1053cce5ed74085" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78eb6f9a955841e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3b5b3e072bc4fff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf192f72bd2d403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78eb6f9a955841e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab2dd0a3ebdd47cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3b5b3e072bc4fff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>14,535</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,505</x:t>
-[...151 lines deleted...]
-          <x:t>14,115</x:t>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,330</x:t>
-[...215 lines deleted...]
-          <x:t>14,415</x:t>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>