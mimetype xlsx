--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1053cce5ed74085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc57bb58637a4662" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3b5b3e072bc4fff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68beddb89d3c4e79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab2dd0a3ebdd47cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3b5b3e072bc4fff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75d85bbb2677491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68beddb89d3c4e79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,105</x:t>
-[...301 lines deleted...]
-          <x:t>12,740</x:t>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,335</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>13,570</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>