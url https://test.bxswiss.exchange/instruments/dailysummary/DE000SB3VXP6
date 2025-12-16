--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R359ee36c6f574605" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70fc233417f47c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafdefc6fd4994ab0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c422a9de0644ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632b411a13064664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafdefc6fd4994ab0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5315594ba2bd4b19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c422a9de0644ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Barclays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>150,580</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>