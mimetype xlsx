--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a86dccb16344f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2feede1abbe461a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd13da210912346cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra385ac2a38404591"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd51cafb413714e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd13da210912346cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c0a6a4231ae4ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra385ac2a38404591" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>12,285</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>