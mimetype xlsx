--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2feede1abbe461a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb3ce4249c5b427b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra385ac2a38404591"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b0378011d194232"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c0a6a4231ae4ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra385ac2a38404591" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc8a633036504ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b0378011d194232" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...436 lines deleted...]
-          <x:t>16,035</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,720</x:t>
-[...139 lines deleted...]
-          <x:t>16,185</x:t>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>