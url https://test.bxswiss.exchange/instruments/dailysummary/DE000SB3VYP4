--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99b1005539044549" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4a32cd26fae481a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a17cdf92712413e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3da00d9c4b54c9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R772111bcd3064024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a17cdf92712413e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd773fae51b84fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3da00d9c4b54c9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VYP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,010</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>5,995</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,070</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>7,315</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>