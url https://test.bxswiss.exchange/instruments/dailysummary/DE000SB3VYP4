--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4a32cd26fae481a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f1c625ba50c4e58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3da00d9c4b54c9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa79d0a4d5844f9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd773fae51b84fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3da00d9c4b54c9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9f7f4f995a4409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa79d0a4d5844f9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VYP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,505</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>9,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,820</x:t>
         </x:is>
       </x:c>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>