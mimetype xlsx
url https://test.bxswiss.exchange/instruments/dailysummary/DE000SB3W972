--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69131b1c5c6043eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5181f268a6a4ba3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra95d0207773048f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re52118daf7594335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77d61ee7461e432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra95d0207773048f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb370e466a5f4282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re52118daf7594335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>49,505</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>