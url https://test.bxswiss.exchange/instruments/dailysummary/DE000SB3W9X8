--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a0ff690d9a94973" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf92954e4176e44fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb929cbd9f07046bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c38124267914060"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde7649be495943d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb929cbd9f07046bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R317a127710974f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c38124267914060" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W9X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>75,935</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>