--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f7a3479cb9946ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8afe25c7152421a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd60a9763c57c4e3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86b536e8a2294ce2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c8130eed4dd4f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd60a9763c57c4e3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f7fa24b8af84007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86b536e8a2294ce2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 12.0 x Long on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,206</x:t>
-[...333 lines deleted...]
-          <x:t>0,258</x:t>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>