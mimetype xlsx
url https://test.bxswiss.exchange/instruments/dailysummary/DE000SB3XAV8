--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8afe25c7152421a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b538a935ca849fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86b536e8a2294ce2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11e31408ecdf4fef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f7fa24b8af84007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86b536e8a2294ce2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89f5e3733cfa4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11e31408ecdf4fef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 12.0 x Long on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XAV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,264</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,308</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,303</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,267</x:t>
-[...308 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,312</x:t>
-[...70 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,319</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,355</x:t>
-[...36 lines deleted...]
-          <x:t>0,327</x:t>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>