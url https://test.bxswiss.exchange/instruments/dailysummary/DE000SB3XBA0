--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59e05dadf5c4404a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2655fc8a98764cdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06478ec20059425a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa1374a43f484500"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c82086fde9542a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06478ec20059425a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fdabcabfd7245a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa1374a43f484500" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Moeller Maersk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XBA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,483</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,494</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>04.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,518</x:t>
-[...156 lines deleted...]
-          <x:t>0,480</x:t>
+          <x:t>0,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,453</x:t>
-[...107 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,543</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,357</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>