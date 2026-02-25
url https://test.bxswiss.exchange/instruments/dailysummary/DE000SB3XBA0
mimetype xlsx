--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2655fc8a98764cdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d8d8eb203e14541" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa1374a43f484500"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R679c4107aaa44112"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fdabcabfd7245a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa1374a43f484500" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e36659321d4641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R679c4107aaa44112" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Moeller Maersk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XBA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...522 lines deleted...]
-          <x:t>0,599</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,570</x:t>
-[...6 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,603</x:t>
-[...36 lines deleted...]
-          <x:t>0,562</x:t>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>