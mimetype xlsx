--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf951e32a2c08403b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b34a97c66cb4bc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0121b9cc5214dc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60c1b0a29b744b57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref1df620637c49e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0121b9cc5214dc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R491954e09d844299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60c1b0a29b744b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>28,120</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>29,280</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>