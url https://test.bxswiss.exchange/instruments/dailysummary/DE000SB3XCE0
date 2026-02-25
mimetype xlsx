--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b34a97c66cb4bc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb04f8bd931064548" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60c1b0a29b744b57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad1f3d6a2364cf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R491954e09d844299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60c1b0a29b744b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re69bd069738a4596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad1f3d6a2364cf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on S&amp;P 500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3XCE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,955</x:t>
-[...291 lines deleted...]
-          <x:t>29,140</x:t>
+          <x:t>27,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,940</x:t>
-[...247 lines deleted...]
-          <x:t>29,340</x:t>
+          <x:t>29,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>