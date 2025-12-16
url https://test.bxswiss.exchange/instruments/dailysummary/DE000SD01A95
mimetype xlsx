--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3f9840c58fc40e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re42e051f1bca452d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60dcd2a3aba44ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa1426caeea42c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R446c492ec2c54752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60dcd2a3aba44ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc019dae309eb4f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa1426caeea42c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD01A95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>17,760</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>