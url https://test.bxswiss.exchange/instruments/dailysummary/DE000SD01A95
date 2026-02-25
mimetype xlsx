--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re42e051f1bca452d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb540512471a4e37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa1426caeea42c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf889427f52e54ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc019dae309eb4f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa1426caeea42c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf188ebce11aa46e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf889427f52e54ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on SMI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD01A95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...446 lines deleted...]
-          <x:t>22,520</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,260</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>23,680</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>