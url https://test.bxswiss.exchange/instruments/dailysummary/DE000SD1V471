--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd068362c20814bb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2303f4444fe2426a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4abeae2814674b2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a2bb5edddc455c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R252cfc70a8e748ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4abeae2814674b2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a182a84be924880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a2bb5edddc455c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swiss Life</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>169,495</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,755</x:t>
-[...58 lines deleted...]
-          <x:t>170,825</x:t>
+          <x:t>176,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>