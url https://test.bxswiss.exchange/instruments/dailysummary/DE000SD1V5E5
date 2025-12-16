--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re013ef456ebd4700" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71337b5f3664588" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bad0d5d4e9e4fe8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1a09a5cafee471d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R369f67c8a2544571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bad0d5d4e9e4fe8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R368d190955554e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1a09a5cafee471d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BHP Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5E5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>12,790</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,270</x:t>
-[...458 lines deleted...]
-          <x:t>13,535</x:t>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>