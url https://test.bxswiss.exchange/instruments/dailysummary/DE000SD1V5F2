--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32c28802dd1948c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59830b779b79445e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb555e357f4b4553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec4a2c2ede1d424c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcb1dade297a4556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb555e357f4b4553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e9a966057ce457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec4a2c2ede1d424c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Accor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5F2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>3,855</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>