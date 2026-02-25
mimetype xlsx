--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59830b779b79445e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea9febbc5cd7427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec4a2c2ede1d424c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R935876f8bb3243ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e9a966057ce457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec4a2c2ede1d424c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf1f3b93c1d4adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R935876f8bb3243ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Accor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5F2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>5,945</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,855</x:t>
-[...48 lines deleted...]
-          <x:t>6,675</x:t>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,570</x:t>
-[...350 lines deleted...]
-          <x:t>6,565</x:t>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>