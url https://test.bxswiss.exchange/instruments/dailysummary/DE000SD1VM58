--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40249c3225264062" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64c5fb9710f54b38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcf4fed9c1434dde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb87a63f558e448a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf06d03c8ea40c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcf4fed9c1434dde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R776211232c4f4dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb87a63f558e448a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Geberit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>7,135</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,850</x:t>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...424 lines deleted...]
-          <x:t>6,940</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>