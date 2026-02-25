--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64c5fb9710f54b38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02b32122c04b4dfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb87a63f558e448a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc2d5b7d3bd24a2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R776211232c4f4dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb87a63f558e448a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc46f38c6a0204de2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc2d5b7d3bd24a2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Geberit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>7,165</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>24.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,040</x:t>
-[...414 lines deleted...]
-          <x:t>7,440</x:t>
+          <x:t>8,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>