--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c7733407f249c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb51e74892c4268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5c77152dd6d4640"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R095744fdaf364b33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb34ce4dbe6c84aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5c77152dd6d4640" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ed3a75b43e64041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R095744fdaf364b33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VMY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>154,695</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>