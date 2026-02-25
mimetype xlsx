--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb51e74892c4268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb93bd38abd8543f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R095744fdaf364b33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9528ce31434fff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ed3a75b43e64041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R095744fdaf364b33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff79198b3654454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9528ce31434fff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VMY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>