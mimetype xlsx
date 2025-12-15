--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R977d985ca3ff4cf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52239269df55409b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcc3ae4b53554e2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabba5357cf2a4f47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51ea6bc3dc3b43d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcc3ae4b53554e2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb455af61083a4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabba5357cf2a4f47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Schindler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>11,365</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>