--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52239269df55409b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R052fc80398904213" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabba5357cf2a4f47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re63ca41d4ce24639"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb455af61083a4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabba5357cf2a4f47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45b620178bb543f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re63ca41d4ce24639" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Schindler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...571 lines deleted...]
-          <x:t>8,990</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,920</x:t>
-[...4 lines deleted...]
-          <x:t>9,770</x:t>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>