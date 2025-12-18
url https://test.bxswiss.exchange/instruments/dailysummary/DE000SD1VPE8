--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd9a016a4c8483b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673a74e28d7c48eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e4434e63d1f4e4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4419650e839547b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93d5a4c582a34510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e4434e63d1f4e4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R588795f1f9f245d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4419650e839547b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Kuehne &amp; Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,555</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,602</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>0,523</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,524</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>0,522</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,516</x:t>
-[...43 lines deleted...]
-          <x:t>0,519</x:t>
+          <x:t>0,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,461</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>0,744</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>