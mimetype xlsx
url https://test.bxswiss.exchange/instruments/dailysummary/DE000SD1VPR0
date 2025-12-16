--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52382aaac62544ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342d976d5d324b4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recbd44f7baa04dbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra71719f4eb574102"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1afcb8fe3644cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recbd44f7baa04dbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91924da7e6a34c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra71719f4eb574102" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,830</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>