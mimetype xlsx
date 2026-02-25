--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342d976d5d324b4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a33513339ff4e8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra71719f4eb574102"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1384cfa674634b09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91924da7e6a34c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra71719f4eb574102" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8560e9041c424442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1384cfa674634b09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>1,055</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,956</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,947</x:t>
-[...21 lines deleted...]
-          <x:t>1,045</x:t>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,895</x:t>
-[...80 lines deleted...]
-          <x:t>0,898</x:t>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>