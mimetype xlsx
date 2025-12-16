--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R744b64c79e6c4317" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fa91b11e5044dca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1f0294fc5a040e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79975344179f490f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b516cb8bf6b44cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1f0294fc5a040e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R028d0aea66e3433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79975344179f490f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Sanofi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,115</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,105</x:t>
-[...21 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
-        </x:is>
-[...570 lines deleted...]
-          <x:t>0,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>