--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fa91b11e5044dca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc04101f62f0f4b26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79975344179f490f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e44c34b9340410c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R028d0aea66e3433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79975344179f490f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0f778b60bd44588" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e44c34b9340410c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Sanofi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...463 lines deleted...]
-          <x:t>0,953</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,946</x:t>
-[...11 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,993</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,978</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,939</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,961</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1,095</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>