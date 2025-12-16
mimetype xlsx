--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11ad1b42e6bf4bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab5ce762c963400d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc472755a5d034822"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8676b5174b1742cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7f3092788414a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc472755a5d034822" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4e9b0253f544aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8676b5174b1742cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,445</x:t>
-[...220 lines deleted...]
-          <x:t>57,545</x:t>
+          <x:t>54,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...370 lines deleted...]
-          <x:t>71,340</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>