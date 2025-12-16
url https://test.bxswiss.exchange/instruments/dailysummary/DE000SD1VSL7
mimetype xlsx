--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95c318d740a34f27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05fee2526a984866" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd96912aefeaf4d4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd46fba5ca634c1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3969b4b49abd47f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd96912aefeaf4d4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62d44721a9a84d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd46fba5ca634c1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>4,010</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,785</x:t>
-[...4 lines deleted...]
-          <x:t>4,865</x:t>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>