--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05fee2526a984866" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R387a5ae71757491e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd46fba5ca634c1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd7027c75c534e67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62d44721a9a84d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd46fba5ca634c1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf08fe7bdd2a941f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd7027c75c534e67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>8,815</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,755</x:t>
-[...31 lines deleted...]
-          <x:t>9,425</x:t>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>