--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49fbbdc7fddf4713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0b6609bc4454ca7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9723f478bec64663"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ecdf615c14a4c31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f4e51f3b67a483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9723f478bec64663" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd155898a7ee64377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ecdf615c14a4c31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Münchener Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>131,595</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>