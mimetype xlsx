--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0b6609bc4454ca7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3bb29b2a1a14865" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ecdf615c14a4c31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ca978b215a54f7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd155898a7ee64377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ecdf615c14a4c31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26928db055f942dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ca978b215a54f7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Münchener Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>