--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6f16d04dc144fa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4d7ed015ae4d48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R280140ef026a455a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a96ebbc67a4746"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaefb7ef5f714b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R280140ef026a455a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2de7081bb1834029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a96ebbc67a4746" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Infineon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,419</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,316</x:t>
-[...6 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,344</x:t>
-[...16 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,346</x:t>
-[...259 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,423</x:t>
-[...225 lines deleted...]
-          <x:t>0,402</x:t>
+          <x:t>0,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>