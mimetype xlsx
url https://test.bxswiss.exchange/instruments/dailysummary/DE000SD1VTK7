--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4d7ed015ae4d48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff00357af7194176" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a96ebbc67a4746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5ded99c11294047"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2de7081bb1834029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a96ebbc67a4746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52e3ac1cbb2a4364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5ded99c11294047" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Infineon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,450</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>0,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,330</x:t>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,398</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...74 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,418</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>0,460</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,477</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,538</x:t>
-[...171 lines deleted...]
-          <x:t>0,432</x:t>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>