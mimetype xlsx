--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R847e713a44284132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd60c7fcd3f8542ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd689775038234d51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red92efd0a74a4ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd9e2bb3d47042eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd689775038234d51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R449de09fa75140ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red92efd0a74a4ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Intesa SanPaolo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>300,415</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>