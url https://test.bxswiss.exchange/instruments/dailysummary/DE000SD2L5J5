--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea8543e7ae149df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c334ffebc14c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb51816a8bb4243bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11d2f1f10f0b4af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69aa78eaccf0421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb51816a8bb4243bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79f3beedaf2f45e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11d2f1f10f0b4af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5J5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>0,737</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,767</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>0,781</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,811</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,767</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>