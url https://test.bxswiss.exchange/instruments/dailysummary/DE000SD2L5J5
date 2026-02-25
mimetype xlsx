--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c334ffebc14c19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd671cc6cbe445f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11d2f1f10f0b4af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6c564539f734b12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79f3beedaf2f45e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11d2f1f10f0b4af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R900caf26c7d14a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6c564539f734b12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5J5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,833</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,763</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>0,899</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,804</x:t>
-[...70 lines deleted...]
-          <x:t>0,842</x:t>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,806</x:t>
-[...291 lines deleted...]
-          <x:t>0,721</x:t>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>