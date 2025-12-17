--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b57a9b45d9244f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc41cd5a2fe59427d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb847ef3e6a543f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R294dfdef2d804ba0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b73977da8784680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb847ef3e6a543f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re73979f7c7c846af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R294dfdef2d804ba0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5K3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>5,890</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>6,080</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>