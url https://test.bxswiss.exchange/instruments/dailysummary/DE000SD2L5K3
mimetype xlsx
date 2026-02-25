--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc41cd5a2fe59427d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7caa269e50f6444d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R294dfdef2d804ba0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64351b24be30441f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re73979f7c7c846af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R294dfdef2d804ba0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb9d46b4421e41a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64351b24be30441f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5K3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,825</x:t>
-[...576 lines deleted...]
-          <x:t>5,915</x:t>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>