--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda75415a81c4e1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc61da8526b5547c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c5bef66aa54e45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe31aace86bb467f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra26b5861d1e14c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c5bef66aa54e45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re44f7e7852e8407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe31aace86bb467f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Stadler Rail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5R8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>5,265</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,390</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>5,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,280</x:t>
-[...436 lines deleted...]
-          <x:t>5,985</x:t>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>