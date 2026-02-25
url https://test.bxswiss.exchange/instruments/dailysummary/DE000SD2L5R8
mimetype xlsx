--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc61da8526b5547c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb56e474daf840f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe31aace86bb467f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4835c3b62834161"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re44f7e7852e8407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe31aace86bb467f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb11dced648744ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4835c3b62834161" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Stadler Rail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5R8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>5,010</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,735</x:t>
-[...16 lines deleted...]
-          <x:t>4,845</x:t>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,435</x:t>
-[...11 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,035</x:t>
-[...252 lines deleted...]
-          <x:t>5,240</x:t>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>