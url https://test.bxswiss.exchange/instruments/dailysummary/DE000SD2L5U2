--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37b0bcef45424738" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1712f2792b454416" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf10104b91a244f00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54cef3cc0e6e4ac2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb78fd9c2644c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf10104b91a244f00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R390208a985d74a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54cef3cc0e6e4ac2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Vontobel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,754</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,746</x:t>
-[...11 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,797</x:t>
-[...26 lines deleted...]
-          <x:t>0,799</x:t>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,770</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,799</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,720</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,740</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,699</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>0,790</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>