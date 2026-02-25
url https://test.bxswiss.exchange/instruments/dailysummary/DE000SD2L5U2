--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1712f2792b454416" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6371d63cf0462a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54cef3cc0e6e4ac2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R149a19a6a2744199"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R390208a985d74a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54cef3cc0e6e4ac2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f803ac588c14273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R149a19a6a2744199" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Vontobel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...549 lines deleted...]
-          <x:t>0,687</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,601</x:t>
-[...26 lines deleted...]
-          <x:t>0,587</x:t>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>