--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb584b0daeeeb470a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3cee9a70355453b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R184287d4c46d472d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c5ad3861eee4143"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R727d59323fbc4ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R184287d4c46d472d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fe39f5fc29b4551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c5ad3861eee4143" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on DKSH Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>2,425</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,700</x:t>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,935</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,915</x:t>
-[...21 lines deleted...]
-          <x:t>3,065</x:t>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,995</x:t>
-[...404 lines deleted...]
-          <x:t>2,665</x:t>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>