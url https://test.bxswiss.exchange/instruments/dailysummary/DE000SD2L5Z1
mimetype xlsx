--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3cee9a70355453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b2ef1fda0a64e8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c5ad3861eee4143"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R178811f522cf4d13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fe39f5fc29b4551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c5ad3861eee4143" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R806fce86c722401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R178811f522cf4d13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on DKSH Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>2,905</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,040</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>2,970</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,095</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>2,985</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>3,040</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>