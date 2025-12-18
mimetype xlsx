--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a42285f96c443a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c124f8027f94076" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47108b4e942c4a15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a1e13aee404a68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9944124666d34d00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47108b4e942c4a15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R005e469921eb486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a1e13aee404a68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L6D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,938</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,880</x:t>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,899</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,160</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,160</x:t>
-[...6 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,215</x:t>
-[...134 lines deleted...]
-          <x:t>1,745</x:t>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,695</x:t>
-[...6 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,895</x:t>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,850</x:t>
-[...134 lines deleted...]
-          <x:t>1,120</x:t>
+          <x:t>1,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>