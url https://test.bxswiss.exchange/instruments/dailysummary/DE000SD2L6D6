--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c124f8027f94076" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ce5e39e3a66486f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a1e13aee404a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32938364ab184289"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R005e469921eb486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a1e13aee404a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66eec6e210254763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32938364ab184289" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L6D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>1,995</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>1,985</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,115</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...11 lines deleted...]
-          <x:t>1,840</x:t>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,895</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>1,670</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>