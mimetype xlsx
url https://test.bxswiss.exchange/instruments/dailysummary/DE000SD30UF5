--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e8db8ca3a024835" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7eada0acf4c4c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d1818e125ac4903"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R880ea228105d4ee5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6db83b3748f4077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d1818e125ac4903" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cb229970bee44a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R880ea228105d4ee5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,650</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>37,960</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>40,500</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,470</x:t>
-[...350 lines deleted...]
-          <x:t>40,270</x:t>
+          <x:t>39,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>