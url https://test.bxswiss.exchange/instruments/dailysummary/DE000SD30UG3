--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf77b1d5d0eab4c90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed5431a7a0142c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7635b0f7b0794585"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R718819389fc14f13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec5b5e3f79fa450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7635b0f7b0794585" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R054ec526ee264803" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R718819389fc14f13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,520</x:t>
-[...139 lines deleted...]
-          <x:t>46,770</x:t>
+          <x:t>47,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,070</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,670</x:t>
-[...65 lines deleted...]
-          <x:t>49,080</x:t>
+          <x:t>47,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,430</x:t>
-[...112 lines deleted...]
-          <x:t>47,930</x:t>
+          <x:t>51,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>