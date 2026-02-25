--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed5431a7a0142c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e22a5299ae4619" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R718819389fc14f13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bd1b8d2b6fc43f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R054ec526ee264803" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R718819389fc14f13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72cce580ecc8461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bd1b8d2b6fc43f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>48,410</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,810</x:t>
-        </x:is>
-[...246 lines deleted...]
-          <x:t>51,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>