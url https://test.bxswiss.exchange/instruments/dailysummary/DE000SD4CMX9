--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22017860409d4f6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f87bb1c03fd468a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1685e81757904dc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90b73c76114a45bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c43727a451c4e25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1685e81757904dc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafbd5c5a39044f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90b73c76114a45bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Bear on Vestas Wind</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4CMX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,035</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>