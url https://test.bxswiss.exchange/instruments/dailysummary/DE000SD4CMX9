--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f87bb1c03fd468a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9281ffa3a68a4066" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90b73c76114a45bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6a69bedf47d4a34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafbd5c5a39044f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90b73c76114a45bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d779aba78c4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6a69bedf47d4a34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Bear on Vestas Wind</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4CMX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...495 lines deleted...]
-          <x:t>0,787</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,758</x:t>
-[...63 lines deleted...]
-          <x:t>0,758</x:t>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>