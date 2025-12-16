--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd0bb725caa94fb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4eed7810fbd44ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9009ac225c74408"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reeb2076ba0f1433a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56a1a3311cff4865" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9009ac225c74408" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58c73ae0e7fe46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reeb2076ba0f1433a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Ferrari</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5KCS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>10,745</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>