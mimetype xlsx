--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4eed7810fbd44ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd29459fe3bc14d43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reeb2076ba0f1433a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7b72de67b184a03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58c73ae0e7fe46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reeb2076ba0f1433a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2812796485dc40c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7b72de67b184a03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Ferrari</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5KCS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>0,562</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,547</x:t>
-[...26 lines deleted...]
-          <x:t>0,542</x:t>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,561</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,569</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>