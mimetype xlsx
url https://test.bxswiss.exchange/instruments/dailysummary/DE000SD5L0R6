--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885fca661615468d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc7dfd0cbea043db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97cf7622a87448a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ca27ec66c554f9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R501f64a0947d4822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97cf7622a87448a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65a18f8a79d84b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ca27ec66c554f9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Natwest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5L0R6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>118,360</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>