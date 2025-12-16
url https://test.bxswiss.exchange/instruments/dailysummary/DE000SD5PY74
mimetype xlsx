--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66325cce585b455f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24fbf96ceb974269" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38621f8df53546eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d3d04b1e681431d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb90142e103ec466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38621f8df53546eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26317a6746c94257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d3d04b1e681431d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Oil Brent Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5PY74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>31,175</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>30,345</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>