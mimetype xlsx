--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24fbf96ceb974269" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1bf15b1b32f4179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d3d04b1e681431d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88148efb3e7e49d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26317a6746c94257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d3d04b1e681431d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf160610ab57e4919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88148efb3e7e49d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Oil Brent Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5PY74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>29,545</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,275</x:t>
-[...463 lines deleted...]
-          <x:t>27,015</x:t>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>