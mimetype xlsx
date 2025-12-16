--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ab68d53c1b947f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cff8fe757a1432d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf67c5bd22a2248eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfea35c0a28547e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b184029bfe34d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf67c5bd22a2248eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553ddce259cd47b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfea35c0a28547e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NRV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,580</x:t>
-[...31 lines deleted...]
-          <x:t>8,195</x:t>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>7,775</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>8,730</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,425</x:t>
-[...166 lines deleted...]
-          <x:t>8,530</x:t>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>