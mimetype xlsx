--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea1b0e30851443c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f687eb473b04857" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R976d6d624ca2496a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aa3a174318c420a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d37f97b9d3745da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R976d6d624ca2496a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fc9f5f17b214c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aa3a174318c420a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Barrick Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF30D12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>17,475</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>