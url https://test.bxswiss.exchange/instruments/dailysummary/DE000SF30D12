--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f687eb473b04857" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52e703cb9d9a4aed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aa3a174318c420a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ec310794ff4f5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fc9f5f17b214c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aa3a174318c420a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4004894b1e8444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ec310794ff4f5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Barrick Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF30D12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>