--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a005c5b9134948" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ca19002b8cd4ce8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0827b21add74a4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17cc202356064d94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576a77b089664f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0827b21add74a4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R612622e946344e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17cc202356064d94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EFSF 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU000A1G0EL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>88,330</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,340</x:t>
-        </x:is>
-[...592 lines deleted...]
-          <x:t>88,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>