--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ca19002b8cd4ce8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18ac1d5b60bf4d70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17cc202356064d94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7616af51fa8c4e33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R612622e946344e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17cc202356064d94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d59fb7b48644356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7616af51fa8c4e33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EFSF 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU000A1G0EL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>88,805</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,780</x:t>
-[...16 lines deleted...]
-          <x:t>88,830</x:t>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,790</x:t>
-[...70 lines deleted...]
-          <x:t>88,995</x:t>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,900</x:t>
-[...75 lines deleted...]
-          <x:t>89,065</x:t>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,050</x:t>
-[...296 lines deleted...]
-          <x:t>88,340</x:t>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>