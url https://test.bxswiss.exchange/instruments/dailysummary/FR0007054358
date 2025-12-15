--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78a9decd0e584df4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R919cc09351464716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd96cb3fec20841c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45cf2242d06e48f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55f7a777e4c24abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd96cb3fec20841c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6b8dacfed1e4efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45cf2242d06e48f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 II UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0007054358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>58,108</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>