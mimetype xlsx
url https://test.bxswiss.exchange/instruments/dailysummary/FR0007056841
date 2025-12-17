--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6fec3f48f94615" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dcf5e50ce65465a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89289f8a02ea4ff9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24362f669ffc477d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe4b3f1a31d246c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89289f8a02ea4ff9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R174edcb72f1a4366" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24362f669ffc477d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lyxor Dow Jones Industrial Average UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0007056841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>401,505</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>