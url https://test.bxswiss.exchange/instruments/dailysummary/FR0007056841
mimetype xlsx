--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dcf5e50ce65465a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25e125af82b34f62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24362f669ffc477d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e697064827444b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R174edcb72f1a4366" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24362f669ffc477d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0438aa197ebd4c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e697064827444b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lyxor Dow Jones Industrial Average UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0007056841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>