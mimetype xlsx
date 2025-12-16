--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca6204661a24fe8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28bc5623bdfa4d1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d9359856836448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0057c0d59ec04bc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1cb78eaf1564a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d9359856836448f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89bc5a4d0cb6458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0057c0d59ec04bc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Europe II UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010261198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>197,520</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>