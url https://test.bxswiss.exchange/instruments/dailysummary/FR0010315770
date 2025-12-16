--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63a4fa4a0fcb4641" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c4faa9e91044dbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dbf7882a8cc4214"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ac186e5ea1f41a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d9c12ebd3e748fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dbf7882a8cc4214" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8334fe0bfcda4fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ac186e5ea1f41a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010315770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>345,229</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>