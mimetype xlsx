--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R465b32fbb510441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a911b1532ae4b11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf20288afc8f34c63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcce0d7a0e2bf43b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13e258b44dd24828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf20288afc8f34c63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc91a301971e421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcce0d7a0e2bf43b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI India II UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010375766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>25,545</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,677</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>25,161</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>