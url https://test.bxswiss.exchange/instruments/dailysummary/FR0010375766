--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a911b1532ae4b11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbaca7304b5b4d32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcce0d7a0e2bf43b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ee1d27a4c4e46bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc91a301971e421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcce0d7a0e2bf43b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R596af0ab39f64084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ee1d27a4c4e46bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI India II UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010375766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>26,368</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,346</x:t>
-[...91 lines deleted...]
-        <x:is>
           <x:t>26,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,210</x:t>
-[...85 lines deleted...]
-          <x:t>25,627</x:t>
+          <x:t>26,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,677</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>25,380</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>