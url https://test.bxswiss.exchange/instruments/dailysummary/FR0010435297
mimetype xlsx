--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaa9f4d29c004dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ddc35fea964eb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racd8b7d1278f4bcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf493da9f335340ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61f51b87a5014f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racd8b7d1278f4bcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb734178f73264db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf493da9f335340ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets III UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010435297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>13,699</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>