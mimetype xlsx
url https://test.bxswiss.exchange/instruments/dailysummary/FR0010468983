--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re854a0d627a94126" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e1549dfcbae42f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98edf50f124141ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66800f42bc87431a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c882bcf8ba4fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98edf50f124141ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafad38cbcbc9402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66800f42bc87431a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 Daily (2x) Leveraged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010468983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>59,935</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,906</x:t>
-[...58 lines deleted...]
-          <x:t>61,498</x:t>
+          <x:t>62,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>