--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e1549dfcbae42f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re407525c4f874824" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66800f42bc87431a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3acbc0c4bd543ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafad38cbcbc9402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66800f42bc87431a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5990d264afa7453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3acbc0c4bd543ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 Daily (2x) Leveraged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010468983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>