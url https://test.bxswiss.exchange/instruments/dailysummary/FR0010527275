--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd4626a306af4124" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88bf4d12c2544d94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d40d8a3b6624845"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c6a9266f8534def"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e1eaa78a8144242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d40d8a3b6624845" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9391b125759046bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c6a9266f8534def" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Water ESG Screened UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010527275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...608 lines deleted...]
-          <x:t>63,211</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>